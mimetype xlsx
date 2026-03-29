--- v0 (2026-01-28)
+++ v1 (2026-03-29)
@@ -13,51 +13,51 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Resumen General" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="177" uniqueCount="109">
   <si>
     <t>🏢 GESTIÓN DE INVENTARIO DE LLANTAS - REPORTE CONSOLIDADO</t>
   </si>
   <si>
-    <t>Fecha de Generación: 28/1/2026</t>
+    <t>Fecha de Generación: 29/3/2026</t>
   </si>
   <si>
     <t>📊 ESTADÍSTICAS GENERALES</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Total Equipos</t>
   </si>
   <si>
     <t>Total Llantas</t>
   </si>
   <si>
     <t>Nuevas</t>
   </si>
   <si>
     <t>Buenas</t>
   </si>
   <si>
     <t>Regulares</t>
   </si>
   <si>
     <t>Malas</t>
   </si>