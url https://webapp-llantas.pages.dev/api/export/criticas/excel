--- v0 (2025-12-06)
+++ v1 (2026-01-28)
@@ -8,76 +8,91 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Llantas Críticas" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="182" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="188" uniqueCount="89">
   <si>
     <t>⚠️ REPORTE DE LLANTAS CRÍTICAS (&lt;4mm)</t>
   </si>
   <si>
     <t>Equipo</t>
   </si>
   <si>
     <t>Posición</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Medida</t>
   </si>
   <si>
     <t>Profundidad</t>
   </si>
   <si>
     <t>Estado</t>
   </si>
   <si>
     <t>Observaciones</t>
   </si>
   <si>
+    <t>101-HILUX 2014</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>3mm</t>
+  </si>
+  <si>
+    <t>Mala</t>
+  </si>
+  <si>
+    <t>Lisa</t>
+  </si>
+  <si>
     <t>11- PLATAFORMA</t>
   </si>
   <si>
     <t>Bf goodrich</t>
   </si>
   <si>
     <t>11r24.5</t>
   </si>
   <si>
     <t>2mm</t>
   </si>
   <si>
     <t>Regular</t>
   </si>
   <si>
     <t>Se empieza a resecar, trae un rajada</t>
   </si>
   <si>
     <t>Buena</t>
   </si>
   <si>
     <t>REEMPLAZO URGENTE</t>
   </si>
   <si>
     <t>104-PRESA</t>
@@ -118,53 +133,50 @@
   <si>
     <t>04ML322 DOT 2719</t>
   </si>
   <si>
     <t>0.6mm</t>
   </si>
   <si>
     <t>92-LOWBOY</t>
   </si>
   <si>
     <t>Michelin</t>
   </si>
   <si>
     <t>235/75r17.5</t>
   </si>
   <si>
     <t>82-MONTACARGAS</t>
   </si>
   <si>
     <t>Xtra wall</t>
   </si>
   <si>
     <t>No se le ve</t>
   </si>
   <si>
-    <t>3mm</t>
-[...1 lines deleted...]
-  <si>
     <t>Muy lisa</t>
   </si>
   <si>
     <t>156-JETTA</t>
   </si>
   <si>
     <t>UNIROYAL</t>
   </si>
   <si>
     <t>11.00-22</t>
   </si>
   <si>
     <t>Pequeñas grietas</t>
   </si>
   <si>
     <t>93-RAM</t>
   </si>
   <si>
     <t>WHANKOOK</t>
   </si>
   <si>
     <t>235/85R 16</t>
   </si>
   <si>
     <t>1mm</t>
@@ -175,99 +187,90 @@
   <si>
     <t>P4-PRESA METALICA</t>
   </si>
   <si>
     <t>Bf Goodrich</t>
   </si>
   <si>
     <t>11r 24.5</t>
   </si>
   <si>
     <t>P1-PRESA METALICA</t>
   </si>
   <si>
     <t>Firestone</t>
   </si>
   <si>
     <t>Gi9u</t>
   </si>
   <si>
     <t>29-PIPA DE AGUA</t>
   </si>
   <si>
     <t>LINGLONG</t>
   </si>
   <si>
-    <t>N/A</t>
-[...1 lines deleted...]
-  <si>
     <t>Demasiado gastada ya sin dibujo y no se le encuentra número de serie</t>
   </si>
   <si>
     <t>14-PLATAFORMA FONTAINE</t>
   </si>
   <si>
     <t>Trae daño en la cara exterior</t>
   </si>
   <si>
     <t>69-REMOLQUE</t>
   </si>
   <si>
     <t>Mendex m-7 momo</t>
   </si>
   <si>
     <t>225/70 R15</t>
   </si>
   <si>
     <t>2.7mm</t>
   </si>
   <si>
     <t>40-CUATRIMOTRO</t>
   </si>
   <si>
     <t>Amz swamp fox</t>
   </si>
   <si>
     <t>3211</t>
   </si>
   <si>
     <t>Buen estaso</t>
   </si>
   <si>
     <t>90-FRONTIER</t>
   </si>
   <si>
     <t>Uniroyal</t>
   </si>
   <si>
     <t>255/70r16</t>
-  </si>
-[...4 lines deleted...]
-    <t>Lisa</t>
   </si>
   <si>
     <t>Dot OK806U</t>
   </si>
   <si>
     <t>Dot 0k806u</t>
   </si>
   <si>
     <t>53-REMOLQUE</t>
   </si>
   <si>
     <t>Bridgestone</t>
   </si>
   <si>
     <t>255/70r15</t>
   </si>
   <si>
     <t>Fisurada, cuarteada</t>
   </si>
   <si>
     <t>30-PIPA DE AGUA</t>
   </si>
   <si>
     <t>BFGOOdrinch</t>
   </si>
@@ -708,756 +711,779 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:G32"/>
+  <dimension ref="A1:G33"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="6" width="39" customWidth="1"/>
     <col min="7" max="7" width="60" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
     </row>
     <row r="3" ht="25" customHeight="1" spans="1:7" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="4">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E4" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="E4" s="4" t="s">
+      <c r="F4" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="F4" s="4" t="s">
+      <c r="G4" s="5" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" s="4" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B5" s="4">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C5" s="4" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="D5" s="4" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F5" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G5" s="5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" s="4">
+        <v>8</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="B6" s="4">
-[...8 lines deleted...]
-      <c r="E6" s="4" t="s">
+      <c r="F6" s="4" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="G6" s="5" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" ht="20" customHeight="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="4">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>22</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>23</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>24</v>
       </c>
       <c r="F7" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G7" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" ht="20" customHeight="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="4" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B8" s="4">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C8" s="4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D8" s="4" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="E8" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F8" s="4" t="s">
         <v>19</v>
       </c>
-      <c r="F8" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G8" s="5" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="9" ht="20" customHeight="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B9" s="4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E9" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F9" s="4" t="s">
         <v>19</v>
       </c>
-      <c r="F9" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G9" s="5" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="10" ht="20" customHeight="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B10" s="4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C10" s="4" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="D10" s="4" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="E10" s="4" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="F10" s="4" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G10" s="5" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" ht="20" customHeight="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B11" s="4">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>31</v>
       </c>
       <c r="D11" s="4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="F11" s="4" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G11" s="5" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="12" ht="20" customHeight="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B12" s="4">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="C12" s="4" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D12" s="4" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E12" s="4" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="F12" s="4" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G12" s="5" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
     </row>
     <row r="13" ht="20" customHeight="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>38</v>
       </c>
       <c r="B13" s="4">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F13" s="4" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G13" s="5" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="14" ht="20" customHeight="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>42</v>
       </c>
       <c r="B14" s="4">
         <v>7</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="F14" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="G14" s="5" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="15" ht="20" customHeight="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="B15" s="4">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="F15" s="4" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="G15" s="5" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
     </row>
     <row r="16" ht="20" customHeight="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="B16" s="4">
+        <v>8</v>
+      </c>
+      <c r="C16" s="4" t="s">
         <v>47</v>
       </c>
-      <c r="B16" s="4">
-[...2 lines deleted...]
-      <c r="C16" s="4" t="s">
+      <c r="D16" s="4" t="s">
         <v>48</v>
       </c>
-      <c r="D16" s="4" t="s">
+      <c r="E16" s="4" t="s">
         <v>49</v>
       </c>
-      <c r="E16" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="G16" s="5" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="17" ht="20" customHeight="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B17" s="4">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="F17" s="4" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G17" s="5" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" ht="20" customHeight="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B18" s="4">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C18" s="4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D18" s="4" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E18" s="4" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F18" s="4" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G18" s="5" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" ht="20" customHeight="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>57</v>
       </c>
       <c r="B19" s="4">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="C19" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="D19" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="D19" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" s="4" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F19" s="4" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G19" s="5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="20" ht="20" customHeight="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B20" s="4">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="C20" s="4" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="D20" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="F20" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="G20" s="5" t="s">
         <v>61</v>
-      </c>
-[...7 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="21" ht="20" customHeight="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B21" s="4">
+        <v>1</v>
+      </c>
+      <c r="C21" s="4" t="s">
         <v>63</v>
       </c>
-      <c r="B21" s="4">
-[...2 lines deleted...]
-      <c r="C21" s="4" t="s">
+      <c r="D21" s="4" t="s">
         <v>64</v>
       </c>
-      <c r="D21" s="4" t="s">
+      <c r="E21" s="4" t="s">
         <v>65</v>
       </c>
-      <c r="E21" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="4" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G21" s="5" t="s">
-        <v>66</v>
+        <v>50</v>
       </c>
     </row>
     <row r="22" ht="20" customHeight="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="B22" s="4">
+        <v>3</v>
+      </c>
+      <c r="C22" s="4" t="s">
         <v>67</v>
       </c>
-      <c r="B22" s="4">
-[...2 lines deleted...]
-      <c r="C22" s="4" t="s">
+      <c r="D22" s="4" t="s">
         <v>68</v>
       </c>
-      <c r="D22" s="4" t="s">
+      <c r="E22" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="F22" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="G22" s="5" t="s">
         <v>69</v>
-      </c>
-[...7 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="23" ht="20" customHeight="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B23" s="4">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="D23" s="4" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="F23" s="4" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="G23" s="5" t="s">
-        <v>71</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24" ht="20" customHeight="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B24" s="4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C24" s="4" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>72</v>
       </c>
       <c r="E24" s="4" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="F24" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" s="5" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="25" ht="20" customHeight="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B25" s="4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>73</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="F25" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="G25" s="5" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="26" ht="20" customHeight="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="B26" s="4">
+        <v>4</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="D26" s="4" t="s">
         <v>74</v>
       </c>
-      <c r="B26" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="E26" s="4" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="F26" s="4" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
       <c r="G26" s="5" t="s">
-        <v>77</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" ht="20" customHeight="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B27" s="4">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>48</v>
+        <v>76</v>
       </c>
       <c r="D27" s="4" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="F27" s="4" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="G27" s="5" t="s">
-        <v>15</v>
+        <v>78</v>
       </c>
     </row>
     <row r="28" ht="20" customHeight="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B28" s="4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C28" s="4" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="D28" s="4" t="s">
-        <v>35</v>
+        <v>77</v>
       </c>
       <c r="E28" s="4" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="F28" s="4" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G28" s="5" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="29" ht="20" customHeight="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B29" s="4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="F29" s="4" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G29" s="5" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
     </row>
     <row r="30" ht="20" customHeight="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="B30" s="4">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="C30" s="4" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="D30" s="4" t="s">
-        <v>80</v>
+        <v>9</v>
       </c>
       <c r="E30" s="4" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="F30" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G30" s="5" t="s">
-        <v>81</v>
+        <v>12</v>
       </c>
     </row>
     <row r="31" ht="20" customHeight="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" s="4" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B31" s="4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C31" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="E31" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="F31" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G31" s="5" t="s">
         <v>82</v>
-      </c>
-[...10 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="32" ht="20" customHeight="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" s="4" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B32" s="4">
+        <v>3</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="E32" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="F32" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="G32" s="5" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="33" ht="20" customHeight="1" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A33" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="B33" s="4">
         <v>4</v>
       </c>
-      <c r="C32" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D32" s="4" t="s">
+      <c r="C33" s="4" t="s">
         <v>86</v>
       </c>
-      <c r="E32" s="4" t="s">
-[...5 lines deleted...]
-      <c r="G32" s="5" t="s">
+      <c r="D33" s="4" t="s">
         <v>87</v>
+      </c>
+      <c r="E33" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="F33" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="G33" s="5" t="s">
+        <v>88</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>